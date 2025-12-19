--- v0 (2025-11-01)
+++ v1 (2025-12-19)
@@ -1,90 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://ucasonline-my.sharepoint.com/personal/s_wood_ucas_ac_uk/Documents/USEFUL/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8A6E47E7-0467-4843-B87D-3D222A393D1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="222" documentId="8_{45C95C42-4393-450C-8384-58D72EB4ACC2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C5B63873-7834-4D9D-BDE9-CC5DE1319DC0}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="exact variables" sheetId="1" r:id="rId1"/>
     <sheet name="variable definitions" sheetId="3" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'exact variables'!$A$1:$U$278</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6389" uniqueCount="709">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6371" uniqueCount="700">
   <si>
     <t>Variable Name</t>
   </si>
   <si>
     <t>Variable Description</t>
   </si>
   <si>
     <t>The disability declared by the applicant by selecting from a list of available options in the application process. These options are displayed in full in the report.</t>
   </si>
   <si>
     <t>Full name of the course as given by the host provider. Please note: The name of the course can change within an application cycle, therefore, for closed cycles the course name displayed is taken at the end of the application cycle. For the current live application cycle the latest available course name is displayed.</t>
   </si>
   <si>
     <t>Indicates if an application is deferred. Most applications are into the academic year that starts immediately at the end of the cycle, for example into the academic 2013-14 year from the 2013 application cycle. Applications can also be deferred for entry into the following academic year, for example into the 2014-15 academic from the 2013 cycle. These are called deferred applications.</t>
   </si>
   <si>
     <t>The campus code attached to the course. The one character code displayed is supplied by the provider and will mean something different to each separate provider. It is assumed that no campus code indicates the provider's main campus. Please note: The provider name displayed is as-at the time of application and does not take into account subsequent renames or mergers of providers.</t>
   </si>
   <si>
     <t>Indicates an applicant with high grade qualifications. It uses high grade combinations used in the number control arrangements for most courses in England. They approximate the categories that relate to the Higher Education Funding Council for England (HEFCE) student number control arrangements from information recorded in the UCAS system. The assessment of entry qualifications uses a number of data sources including information provided by applicants themselves.</t>
   </si>
   <si>
     <t>Indicates if the applicant has been placed for entry into higher education.</t>
   </si>
   <si>
@@ -1056,83 +1055,50 @@
   <si>
     <t>The National Statistics Socio-economic Classification (NS-SEC) is an occupationally based system used to classify the adult population. The applicant is asked: 'If you are in full-time education, please state the occupation of the highest-earning family member of the household in which you live. If he or she is retired or unemployed, give their most recent occupation. If you are not in full-time education, please state just your own occupation'.  The applicant may then choose from a list of ONS job descriptions. These job descriptions are then mapped to 8 Socio-Economic Group codes via a lower level set of '2020 SOC Codes'. The response is captured for UK domiciled applicants only, therefore all non-UK domiciled applicants are assigned as 'Not Applicable'. Please note that, although the same 8 Socio-Economic Group codes are displayed in the Socio-economic group variable available from 2015-2021, occupations are mapped via a different set of '2010 SOC Codes'. Therefore, some job descriptions are mapped to different Socio-Economic Group values.</t>
   </si>
   <si>
     <t>Group</t>
   </si>
   <si>
     <t>WP</t>
   </si>
   <si>
     <t>Demographic</t>
   </si>
   <si>
     <t>Choice variable</t>
   </si>
   <si>
     <t>Provider</t>
   </si>
   <si>
     <t>Subject</t>
   </si>
   <si>
     <t>Qualification</t>
   </si>
   <si>
-    <t>Special Considerations</t>
-[...31 lines deleted...]
-  <si>
     <t>Predicted A level points score in English language and literature</t>
   </si>
   <si>
     <t>Apply centre type high level</t>
   </si>
   <si>
     <t>Applicant domicile (high level - 3 levels)</t>
   </si>
   <si>
     <t>Applicant's area of permanent residence summarised at a high level. This variable is derived from domicile as declared by the applicant and does not guarantee fee status. Split by the following values: 'UK', 'EU (excluding UK)' and 'Not EU'. Please note: The Channel Islands and the Isle of Man have been assigned as 'Not EU'.</t>
   </si>
   <si>
     <t>Applicant domicile (high level - 6 levels)</t>
   </si>
   <si>
     <t>Applicant's area of permanent residence summarised at a high level. This variable is derived from domicile as declared by the applicant and does not guarantee fee status. Split by the following values: 'England', 'Northern Ireland', 'Scotland', 'Wales', 'EU (excluding UK)' and 'Not EU'. Please note: The Channel Islands and the Isle of Man have been assigned as 'Not EU'.</t>
   </si>
   <si>
     <t>Applicant domicile (medium level - UK and global regions)</t>
   </si>
   <si>
     <t>Applicant's area of permanent residence summarised to UK and global regions. This variable is derived from domicile as declared by the applicant. Split by the following values if domiciled in the UK: 'North East', 'Yorkshire and The Humber', 'North West', 'East Midlands', 'West Midlands', 'East of England', 'London', 'South East', 'South West', 'Wales', 'Northern Ireland', 'Scotland'. Split by the following regions if Non UK: 'Africa', 'Americas', 'Australasia', 'Europe', 'Asia'. Please note: The Channel Islands and the Isle of Man are assigned as 'Europe'.</t>
   </si>
   <si>
     <t>Applicant domicile (low level - domestic focus)</t>
@@ -1431,701 +1397,203 @@
   <si>
     <t>Course identifier</t>
   </si>
   <si>
     <t>A combination of provider and course code, separated by '-'. Please note: the course code is assigned to each course by the host provider and does not necessarily relate to JACS subject codes.</t>
   </si>
   <si>
     <t>Course name</t>
   </si>
   <si>
     <t>Course type</t>
   </si>
   <si>
     <t>Course length band</t>
   </si>
   <si>
     <t>Degree type</t>
   </si>
   <si>
     <t>ABB+ indicator</t>
   </si>
   <si>
     <t>Applicant tariff band</t>
   </si>
   <si>
-    <t>A grouping of the applicant's UCAS tariff points score. UCAS tariff points are assigned based on the qualification type and corresponding grade achieved by the applicant. The groupings are based on tariff bands from previous analytical reports. For analytical purposes, this only considers UCAS tariff points calculated through the automated awarding body linkage processes (i.e. does not consider any UCAS tariff points for qualifications that have been manually linked to each applicant.) Therefore, the qualifications considered may vary from year-to-year, for example, functionality to process BTEC qualifications in the automated awarding body linkage process was introduced in 2012. As such, variables like A level points or BTEC by ABB+ will give a more consistent time series when considering the applicant's strength of qualifications. Volumes are only displayed for 18 and 19 year-old applicants domiciled in the UK, as a majority of applicants outside this cohort do not possess any UCAS points. These applicants are assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Applicant tariff band 2017</t>
   </si>
   <si>
-    <t>A grouping of the applicant's UCAS tariff points score, based on the new tariff introduced for the 2017 application cycle. For analytical purposes, this only considers UCAS tariff points calculated through the automated awarding body linkage processes (i.e. does not consider any UCAS tariff points for qualifications that have been manually linked to each applicant.) Therefore, the qualifications considered may vary from year-to-year. Furthermore, the method for calculating tariff scores has changed with the introduction of the new tariff there is no longer deduplication across groups of 'exam level' codes (e.g. no deduplication between A levels and AS levels, no deduplication between A levels and reformed A levels). Not all qualifications that had a legacy tariff score will be included in the new tariff. All of which means caution should be exercised when comparing to the pre-2017 version of applicant tariff band in a time series. As such, variables like A level points score, BTEC grade profile or SQA points score will give a more consistent time series when considering the applicant's strength of qualifications. Volumes are only displayed for 18 and 19 year-old applicants domiciled in the UK, as a majority of applicants outside this cohort do not possess any UCAS points. These applicants are assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>A level qualification indicator</t>
   </si>
   <si>
     <t>Indicates if an applicant has achieved an A level or A level Double Award qualification (at least one) as identified either on application or through awarding body linkage process. Please note: This flag is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving an A level, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'A level qualification not identified'.)</t>
   </si>
   <si>
     <t>Achieved A level grade profile</t>
   </si>
   <si>
-    <t>The highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. A level Double Award grades are included, AS Level grades are not included. The profile represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level points score</t>
   </si>
   <si>
-    <t>A points score attached to the highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process.ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. A level Double Award grades are included, AS Level grades are not included. The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level grade profile (Russell Group 'facilitating' subjects)</t>
   </si>
   <si>
-    <t>The highest 3 A level grades achieved by the applicant in Russell Group facilitating subjects as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The Russell Group facilitating subjects are: Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 'C'). Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level points score (Russell Group 'facilitating' subjects)</t>
   </si>
   <si>
-    <t>A points score attached to the highest 3 A level grades achieved by the applicant in Russell Group facilitating subjects as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  The Russell Group facilitating subjects are: Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3). Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. This is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level grade profile (excluding general studies and critical thinking)</t>
   </si>
   <si>
-    <t>The highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A Level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 'C'). Where an applicant has no declared subject title for an A Level grade, that grade will not be included in that applicant's grade profile. This is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level points score (excluding general studies and critical thinking)</t>
   </si>
   <si>
-    <t>A points score attached to the highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A Level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 3). Where and applicant has no declared subject title for an A Level grade, that grade's points will not be included in that applicant's points score. This is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved A level points score in art and design</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Creative Arts and Design. This is identified either on the application or through awarding body linkage process. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: Photography is included in this subject groups as well as having it's own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Creative Arts and Design, will be assigned the value of 'No A level in Creative Arts and Design'.</t>
-[...13 lines deleted...]
-  <si>
     <t>Achieved A level points score in computing</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within IT (Information Technology) Studies. This is identified either on the application or through awarding body linkage process. Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computer Studies', 'Computing', 'Digital Technologies', 'Information Systems', 'Information Technology' and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Information Technology, will be assigned the value of 'No A level in Information Technology'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Achieved A level points score in design technology</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Design and Technology. This is identified either on the application or through awarding body linkage process. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Design and Technology, will be assigned the value of 'No A level in Design and Technology'.</t>
-[...55 lines deleted...]
-  <si>
     <t>Achieved A level points score in media studies</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Media Studies and Journalism. This is identified either on the application or through awarding body linkage process. Subjects grouped within Media Studies and Journalism include subject titles such as 'Media Studies', 'Communication and Culture', 'Communication Studies', and 'Journalism and Media'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Media Studies and Journalism, will be assigned the value of 'No A level in Media Studies and Journalism'.</t>
-[...10 lines deleted...]
-  <si>
     <t>Achieved A level points score in performing studies</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Performing Arts. This is identified either on the application or through awarding body linkage process. Subjects grouped within Performing Arts include subject titles such as 'Dance', 'Drama', 'Theatre Studies', and 'Performing Arts'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to being included within this variable, Drama and Dance also have their own subject group variables. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Performing Arts, will be assigned the value of 'No A level in Performing Arts'.</t>
-[...28 lines deleted...]
-  <si>
     <t>Achieved A level points score in sport and physical education</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Physical Education. This is identified either on the application or through awarding body linkage process. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Physical Education, will be assigned the value of 'No A level in Physical Education'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Predicted A level points score</t>
   </si>
   <si>
     <t>A score attached to the predicted A level grade profile declared by the applicant on the application. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. AS Levels are not included. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff.</t>
   </si>
   <si>
     <t>Predicted A level grade profile</t>
   </si>
   <si>
     <t>The predicted A level grade profile entered on the application. The highest 3 grades are considered only. Please note: This is only relevant for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
   </si>
   <si>
     <t>Predicted A level grade profile (Russell Group 'facilitating' subjects)</t>
   </si>
   <si>
-    <t>The predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant within certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Only predicted qualifications which are declared on the application are considered. Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. This variable is only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted A level points score (Russell Group 'facilitating' subjects)</t>
   </si>
   <si>
-    <t>A points score attached to the predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant within certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Only predicted qualifications which are declared on the application are considered. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted A level grade profile (excluding general studies and critical thinking)</t>
   </si>
   <si>
-    <t>The predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant whilst excluding any grades in subjects which come under General Studies and Critical Thinking. Only predicted qualifications which are declared on the application are considered. Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. This variable is only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted A level points score (excluding general studies and critical thinking)</t>
   </si>
   <si>
-    <t>A points score attached to the predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant whilst excluding any grades in subjects which come under General Studies and Critical Thinking. Only predicted qualifications which are declared on the application are considered. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted A level points score in art and design</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Creative Arts and Design considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: Photography is included in this subject groups as well as having its own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Creative Arts and Design, will be assigned the value of 'No A level in Creative Arts and Design'.</t>
-[...13 lines deleted...]
-  <si>
     <t>Predicted A level points score in computing</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within IT (Information Technology) Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computing', and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Information Technology, will be assigned the value of 'No A level in Information Technology'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Predicted A level points score in design technology</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Design and Technology considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Design and Technology, will be assigned the value of 'No A level in Design and Technology'.</t>
-[...97 lines deleted...]
-  <si>
     <t>Predicted A level points score in sport and physical education</t>
   </si>
   <si>
-    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Physical Education considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved an A level in Physical Education, will be assigned the value of 'No A level in Physical Education'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score</t>
   </si>
   <si>
-    <t>The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score (Russell Group 'facilitating' subjects)</t>
   </si>
   <si>
-    <t>The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process - considering only certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score (excluding general studies and critical thinking)</t>
   </si>
   <si>
-    <t>The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score in art and design</t>
   </si>
   <si>
-    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Creative Arts and Design. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. Please note: Photography is included in this subject groups as well as having its own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. Any applicant who has not been predicted an A level in this subject will be assigned 'No A level predicted in Creative Arts and Design'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...13 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score in computing</t>
   </si>
   <si>
-    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within IT (Information Technology). Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computing', and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. Any applicant who has not been predicted an A level in this subject will be assigned 'No A level predicted in Information Technology'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score in design technology</t>
   </si>
   <si>
-    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Design and Technology. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. Any applicant who has not been predicted an A level in this subject will be assigned 'No A level predicted in Design and Technology'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...97 lines deleted...]
-  <si>
     <t>Difference in achieved and predicted A level points score in sport and physical education</t>
   </si>
   <si>
-    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Physical Education. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. Any applicant who has not been predicted an A level in this subject will be assigned 'No A level predicted in Physical Education'. This variable is only relevant for 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...4 lines deleted...]
-  <si>
     <t>BTEC qualification indicator</t>
   </si>
   <si>
     <t>Indicates if an applicant has achieved a BTEC qualification (at least one) as identified either on application or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Please note: This flag is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving a BTEC, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'BTEC qualification not identified'.)</t>
   </si>
   <si>
-    <t>The highest BTEC grade achieved by the applicant as identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC, will be assigned the value of 'No BTEC held'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Achieved BTEC grade in art and design</t>
   </si>
   <si>
-    <t>The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Creative Arts and Design. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Creative Arts and Design include subject titles such as 'Art and Design', 'Graphic Design', 'Performing Arts', and 'Photography'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Creative Arts and Design, will be assigned the value of 'No BTEC held in Creative Arts and Design'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Achieved BTEC grade in computing</t>
   </si>
   <si>
-    <t>The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Computer Science and ICT. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Computer Science and ICT include subject titles such as 'IT', 'Communications Technology', and 'IT (Software Development)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Computer Science and ICT, will be assigned the value of 'No BTEC held in Computer Science and ICT'.</t>
-[...16 lines deleted...]
-  <si>
     <t>Achieved BTEC grade in sport and physical education</t>
   </si>
   <si>
-    <t>The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Physical Education and Sport. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Physical Education and Sport include subject titles such as 'Sport', 'Sports and Physical Education', and 'Sport and Exercise Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Physical Education and Sport, will be assigned the value of 'No BTEC held in Physical Education and Sport'.</t>
-[...4 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in art and design</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Media Studies. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Media Studies include subject titles such as 'Media Studies', 'Media Production', and 'Interactive Media'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Media Studies, will be assigned the value of 'No BTEC held in Media Studies'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in business studies</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Computer Science and ICT. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Computer Science and ICT include subject titles such as 'IT', 'Communications Technology', and 'IT (Software Development)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Computer Science and ICT, will be assigned the value of 'No BTEC held in Computer Science and ICT'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in computing</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Physical Education and Sport. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Physical Education and Sport include subject titles such as 'Sport', 'Sports and Physical Education', and 'Sport and Exercise Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Physical Education and Sport, will be assigned the value of 'No BTEC held in Physical Education and Sport'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in engineering</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Creative Arts and Design. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Creative Arts and Design include subject titles such as 'Art and Design', 'Graphic Design', 'Performing Arts', and 'Photography'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Creative Arts and Design, will be assigned the value of 'No BTEC held in Creative Arts and Design'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in health and social care</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant as identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC, will be assigned the value of 'No BTEC held'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in media studies</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Health and Social Care. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Health and Social Care include subject titles such as 'Health and Social Care', 'Health Studies', and 'Knowledge of Custodial Care'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Health and Social Care, will be assigned the value of 'No BTEC held in Health and Social Care'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in music</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Business Studies. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Business Studies include subject titles such as 'Business', 'Marketing', 'Travel and Tourism', 'Hospitality', and 'Management and Leadership'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Business Studies, will be assigned the value of 'No BTEC held in Business Studies'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in science</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Engineering. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Engineering include subject titles such as 'Engineering', 'Electrical Engineering', 'Civil Engineering', 'Automotive Engineering', and 'Aeronautical Engineering'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Engineering, will be assigned the value of 'No BTEC held in Engineering'.</t>
-[...1 lines deleted...]
-  <si>
     <t>Predicted BTEC grade in sport and physical education</t>
   </si>
   <si>
-    <t>The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Science. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Science include subject titles such as 'Applied Science', 'Food &amp; Nutrition', and 'Pharmaceutical Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for applicants who are domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. Any applicant who is within this cohort, but who has not achieved a BTEC in Science, will be assigned the value of 'No BTEC held in Science'.</t>
-[...1 lines deleted...]
-  <si>
     <t>SQA qualification indicator</t>
   </si>
   <si>
     <t>Indicates if an applicant has achieved an SQA higher or advanced higher qualification (at least one) as identified either on application or through awarding body linkage process. Please note: This flag is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving an SQA, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'SQA qualification not identified'.)</t>
   </si>
   <si>
-    <t>A points score attached to the highest 3 SQA Advanced Higher grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A = 4, B = 3, C = 2, D = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Advanced Higher grade 'C', but went on to obtain a further two SQA Advanced Highers in 2011, the value for the applicant applying in 2010 would remain 2.) This is only relevant for applicants who are domiciled in Scotland, any applicants outside of this cohort will be assigned the value 'Not applicable'. This points score is not equivalent to the Achieved SQA points score (Highers) variable, any other analytical points score variables, or the UCAS tariff points.</t>
-[...4 lines deleted...]
-  <si>
     <t>The highest 3 SQA Advanced Higher grades predicted for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Advanced Higher grade 'C', but went on to obtain a further two SQA Advanced Highers in 2011, the value for the applicant applying in 2010 would remain 'C'). This is only relevant for applicants who are domiciled in Scotland, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
   </si>
   <si>
-    <t>The highest 5 SQA Higher grades predicted for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Higher grade 'C', but went on to obtain a further two SQA Highers in 2011, the value for the applicant applying in 2010 would remain 'C'). This is only relevant for applicants who are domiciled in Scotland, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
-[...7 lines deleted...]
-  <si>
     <t>A grouping of the applicant's achieved International Baccalaureate 'IB' Diploma points score as identified either on application or through awarding body linkage process. This takes into account all of the Diploma Programme curriculum i.e. the DP core and the six subject groups. If identified through awarding body linkage then the applicant needs to have achieved 24-45 points in order to qualify. Please note: The underlying points score is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving 24 points or more, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'No IB diploma held'.)</t>
   </si>
   <si>
     <t>A grouping of the applicant's predicted International Baccalaureate 'IB' Diploma points score as identified on the application. This takes into account all of the Diploma Programme curriculum i.e. the DP core and the six subject groups. If identified through awarding body linkage then the applicant needs to have achieved 24-45 points in order to qualify. Please note: The underlying points score is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving 24 points or more, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'No IB diploma held'.)</t>
   </si>
   <si>
     <t>International Baccalaureate qualification indicator</t>
   </si>
   <si>
     <t>Indicates if an applicant holds an International Baccalaureate 'IB' qualification (at least one) as identified either on application or through awarding body linkage process. If identified through awarding body linkage then the applicant needs to have achieved 24-45 points in order to qualify. Please note: This flag is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2008 cycle without achieving an IB, but went on to obtain this qualification in 2009, the value for the applicant applying in 2008 would remain 'IB qualification not identified'.)</t>
   </si>
   <si>
     <t>Achieved International Baccalaureate points band</t>
   </si>
   <si>
     <t>Predicted International Baccalaureate points band</t>
   </si>
   <si>
     <t>Advanced Welsh Baccalaureate qualification indicator</t>
   </si>
   <si>
     <t>Indicates if an applicant holds an Advanced Welsh Baccalaureate 'WB' qualification as identified either on application or through awarding body linkage process. The WB has been in a reformation process since 2014, with an interim version of the qualification being awarded in 2015 and 2016, and the fully reformed WB being awarded in 2017. Until 2016, achievement of the WB qualification required completing the Core of the Welsh Baccalaureate Qualification as well as additional qualifications. For 2014, the core was graded as either 'Pass' or 'Fail' with all passes allocated the same tariff points. For 2015-2016, the core qualification had pass grades A*-C with 56, 48, 40, and 32 tariff points respectively. The fully reformed 2017 WB will incorporate the Advanced Skills Challenge Certificate (which first began teaching in September 2015), as well as required level 3 and GCSE qualifications, and has pass grades A*-E. Holding a WB qualification is therefore derived from the grades listed above for the respective cycles.</t>
   </si>
   <si>
     <t>Advanced Welsh Baccalaureate Skills Challenge Certificate qualification indicator</t>
@@ -2167,50 +1635,554 @@
     <t>Number of offers</t>
   </si>
   <si>
     <t>October deadline status</t>
   </si>
   <si>
     <t>Indicates whether the applicant had submitted the application before the October deadline. This considers applications to any courses and institutions, rather than applications to specific courses and institutions explicitly required by the October deadline. Please note: If the application was submitted and cancelled before the deadline, but was subsequently reinstated later in the application cycle then it will fall under 'Applied after October deadline'.</t>
   </si>
   <si>
     <t>January deadline status</t>
   </si>
   <si>
     <t>Indicates whether the applicant had submitted the application before the January deadline. This considers applications to any courses and institutions, rather than applications to specific courses and institutions explicitly required by the January deadline. Please note: If the application was submitted and cancelled before the deadline, but was subsequently reinstated later in the application cycle then it will fall under 'Applied after January deadline'.</t>
   </si>
   <si>
     <t>June deadline status</t>
   </si>
   <si>
     <t>Indicates whether the applicant had submitted the application before the June deadline. Please note: If the application was submitted and cancelled before the deadline, but was subsequently reinstated later in the application cycle then it will fall under 'Applied after June deadline'.</t>
   </si>
   <si>
     <t>Entry year</t>
   </si>
   <si>
     <t>The academic year in which the course selected by the applicant starts. For courses starting between the start of August and December the academic year is defined as starting in that year (I.e. for courses starting in August 2013 the entry year will be 2013-2014.) For any courses starting earlier than August the academic year is defined as starting in the previous year. (I.e. for courses starting in January 2013 the entry year will be 2012-2013 despite the course starting during the 2013 application cycle.) Please note: In each application cycle there are a small number of applications that are deferred for two years.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. A level Double Award grades are included, AS Level grades are not included. The profile represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process.ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. A level Double Award grades are included, AS Level grades are not included. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest 3 A level grades achieved by the applicant in Russell Group facilitating subjects as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The Russell Group facilitating subjects are: Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 'C'). Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant within certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Only predicted qualifications which are declared on the application are considered. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant whilst excluding any grades in subjects which come under General Studies and Critical Thinking. Only predicted qualifications which are declared on the application are considered. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process - considering only certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the predicted A level points score declared by the applicant on the application and the points score attached to the A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The highest 3 grades are considered only, adding up the following points per grade: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to relatively small frequencies of more extreme values, differences of 5 points or more, positive or negative, have been given the value of plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. This points difference variable only makes sense when comparing the same number of A level grades. Therefore, any applicant with fewer than 3 predicted or achieved A level grades will come under the value 'Fewer than 3 predicted or achieved A level grades'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Business Studies. Subjects grouped within Business studies include subject titles such as 'Business Studies' and 'Applied Business'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. Any applicant who has not been predicted an A level in this subject will be assigned 'No A level predicted in Business Studies'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest 3 A level grades achieved by the applicant in Russell Group facilitating subjects as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  The Russell Group facilitating subjects are: Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3). Where an applicant has no declared subject title for an A level grade, that grade's points will not be included in that applicant's points score. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A Level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 'C'). Where an applicant has no declared subject title for an A Level grade, that grade will not be included in that applicant's grade profile. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest 3 A level grades achieved by the applicant as identified either on application or through awarding body linkage process whilst excluding any grades in subjects which come under General Studies and Critical Thinking. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A Level grade 'C' but went on to obtain a further two A Levels in 2011, the value for the applicant applying in 2010 would remain 3). Where and applicant has no declared subject title for an A Level grade, that grade's points will not be included in that applicant's points score. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Creative Arts and Design. This is identified either on the application or through awarding body linkage process. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: Photography is included in this subject groups as well as having it's own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. Any applicant who is within this cohort, but who has not achieved an A level in Creative Arts and Design, will be assigned the value of 'No A level in Creative Arts and Design'.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Biology. This is identified either on the application or through awarding body linkage process. Subjects grouped within Biology include subject titles such as 'Biology' and 'Human Biology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Biology is also included in the overall Science subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. Any applicant who is within this cohort, but who has not achieved an A level in Biology, will be assigned the value of 'No A level in Biology'. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Business Studies. This is identified either on the application or through awarding body linkage process. Subjects grouped within Business studies include subject titles such as 'Business Studies' and 'Applied Business'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. Any applicant who is within this cohort, but who has not achieved an A level in Business Studies, will be assigned the value of 'No A level in Business Studies'.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within IT (Information Technology) Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computing', and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. Any applicant who is within this cohort, but who has not achieved an A level in Information Technology, will be assigned the value of 'No A level in Information Technology'.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant as identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Creative Arts and Design. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Creative Arts and Design include subject titles such as 'Art and Design', 'Graphic Design', 'Performing Arts', and 'Photography'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Business Studies. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Business Studies include subject titles such as 'Business', 'Marketing', 'Travel and Tourism', 'Hospitality', and 'Management and Leadership'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Computer Science and ICT. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Computer Science and ICT include subject titles such as 'IT', 'Communications Technology', and 'IT (Software Development)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Engineering. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Engineering include subject titles such as 'Engineering', 'Electrical Engineering', 'Civil Engineering', 'Automotive Engineering', and 'Aeronautical Engineering'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Health and Social Care. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Health and Social Care include subject titles such as 'Health and Social Care', 'Health Studies', and 'Knowledge of Custodial Care'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Media Studies. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Media Studies include subject titles such as 'Media Studies', 'Media Production', and 'Interactive Media'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Music. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Music include subject titles such as 'Music', 'Music Technology', and 'Music (Performing)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Science. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Science include subject titles such as 'Applied Science', 'Food &amp; Nutrition', and 'Pharmaceutical Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade achieved by the applicant for BTEC subjects grouped within Physical Education and Sport. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Physical Education and Sport include subject titles such as 'Sport', 'Sports and Physical Education', and 'Sport and Exercise Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Health and Social Care. This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Health and Social Care include subject titles such as 'Health and Social Care', 'Health Studies', and 'Knowledge of Custodial Care'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A grouping of the applicant's UCAS tariff points score. UCAS tariff points are assigned based on the qualification type and corresponding grade achieved by the applicant. The groupings are based on tariff bands from previous analytical reports. For analytical purposes, this only considers UCAS tariff points calculated through the automated awarding body linkage processes (i.e. does not consider any UCAS tariff points for qualifications that have been manually linked to each applicant.) Therefore, the qualifications considered may vary from year-to-year, for example, functionality to process BTEC qualifications in the automated awarding body linkage process was introduced in 2012. As such, variables like A level points or BTEC by ABB+ will give a more consistent time series when considering the applicant's strength of qualifications. </t>
+  </si>
+  <si>
+    <t>A grouping of the applicant's UCAS tariff points score, based on the new tariff introduced for the 2017 application cycle. For analytical purposes, this only considers UCAS tariff points calculated through the automated awarding body linkage processes (i.e. does not consider any UCAS tariff points for qualifications that have been manually linked to each applicant.) Therefore, the qualifications considered may vary from year-to-year. Furthermore, the method for calculating tariff scores has changed with the introduction of the new tariff there is no longer deduplication across groups of 'exam level' codes (e.g. no deduplication between A levels and AS levels, no deduplication between A levels and reformed A levels). Not all qualifications that had a legacy tariff score will be included in the new tariff. All of which means caution should be exercised when comparing to the pre-2017 version of applicant tariff band in a time series. As such, variables like A level points score, BTEC grade profile or SQA points score will give a more consistent time series when considering the applicant's strength of qualifications.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Chemistry. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Chemistry is also included in the overall Science subject group.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3.) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within the Classical Studies. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Classical Studies include subject titles such as 'Classical Studies', 'Classical Greek', 'Classics: Latin', 'Classical Hebrew', and 'Arabic (Classical)'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within IT (Information Technology) Studies. This is identified either on the application or through awarding body linkage process. Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computer Studies', 'Computing', 'Digital Technologies', 'Information Systems', 'Information Technology' and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Dance. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Dance subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Design and Technology. This is identified either on the application or through awarding body linkage process. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Drama. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Drama subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Economics. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within English. This is identified either on the application or through awarding body linkage process. Subjects grouped within English include subject titles such as 'English', 'English Language', 'English Literature', 'English Language and Literature', and 'Creative Writing'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within English Language. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: this variable does not include subject titles such as 'English Language and Literature'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within English Language and Literature. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: this variable does not include the individual 'English Language' and 'English Literature' subject titles. These each have their own subject groups. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within English Literature. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Film Studies. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within French. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, French is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Further Mathematics. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within General Studies and Critical Thinking. This is identified either on the application or through awarding body linkage process. Subjects grouped within General Studies and Critical Thinking include subject titles such as 'General Studies', 'Critical Thinking', 'Citizenship Studies', 'Learning for Life &amp; Work', 'Global Perspectives &amp; Research' and 'Thinking Skills'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Geography. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within German. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, German is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Social Science. This is identified either on the application or through awarding body linkage process. Subjects grouped within Social Science include subject titles such as 'Health &amp; Social Care' and 'Psychology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within History. This is identified either on the application or through awarding body linkage process. Subjects grouped within History include subject titles such as 'History', 'Ancient History', and 'Archaeology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Irish. This is identified either on the application or through awarding body linkage process. Please note: In addition to this subject group, Irish is also included in the Modern European Languages subject group. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Italian. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Italian is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Law. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Mathematics. This is identified either on the application or through awarding body linkage process. Subjects grouped within mathematics include subject titles such as 'Mathematics' and 'Pure Mathematics'. Further Mathematics is not included in this variable. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Media Studies and Journalism. This is identified either on the application or through awarding body linkage process. Subjects grouped within Media Studies and Journalism include subject titles such as 'Media Studies', 'Communication and Culture', 'Communication Studies', and 'Journalism and Media'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within the Modern European Languages. This is identified either on the application or through awarding body linkage process. Subjects grouped within Modern European Languages include subject titles such as 'Welsh', 'Dutch', 'German', 'Greek', 'Irish', 'Italian', 'Latin', 'Polish', 'Portuguese', 'Russian', 'Spanish', and 'Welsh'. Please not: In addition to being included in this variable, French, German, Spanish, Italian, 'Welsh', and 'Irish' have their own subject group variable as well. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.'.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within the Modern non-European Languages. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Music. This is identified either on the application or through awarding body linkage process. Subjects grouped within Music include subject titles such as 'Music', 'Music Technology', 'Music (Practical)', and 'Music (Theoretical)'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to being included within this variable, Drama and Dance also have their own subject group variables. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Performing Arts. This is identified either on the application or through awarding body linkage process. Subjects grouped within Performing Arts include subject titles such as 'Dance', 'Drama', 'Theatre Studies', and 'Performing Arts'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to being included within this variable, Drama and Dance also have their own subject group variables. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Philosophy. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Photography. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Photgraphy is also included in the Creative Arts and Design subject group variable.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Physics. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Physics is also included in the overall Science subject group.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3.) </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Politics. This is identified either on the application or through awarding body linkage process. Subjects grouped within Politics include subject titles such as 'Politics' and 'Government and Politics'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Psychology. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Religious Studies. This is identified either on the application or through awarding body linkage process. Subjects grouped within Religious Studies include subject titles such as 'Religious Studies', 'Theology', and 'Divinity'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Science. This is identified either on the application or through awarding body linkage process. Please note: Biology, Chemistry, and Physics are also included in this subject group in addition to having their own subject groups. The science subject group also includes subject titles such as 'Science' and 'Applied Science'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Sociology. This is identified either on the application or through awarding body linkage process. Subjects grouped within Social Science include subject titles such as 'Sociology', 'Humanities', 'Social Science: Citizenship', and 'World Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Spanish. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Spanish is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Physical Education. This is identified either on the application or through awarding body linkage process. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. This variable is currently only available for 18 year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade achieved by the applicant for A level subjects grouped within Welsh. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Welsh is also included in the Modern European Languages subject group.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant within certain subject groupings approximated to the published Russell Group 'facilitating' subjects (as-at April 2016): Biology, Chemistry, English Literature, Geography, History, Physics, Modern and Classical Languages, Maths and Further Maths. Only predicted qualifications which are declared on the application are considered. Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The predicted A level grade profile entered on the application - considering only the highest 3 A level grades predicted for the applicant whilst excluding any grades in subjects which come under General Studies and Critical Thinking. Only predicted qualifications which are declared on the application are considered. Where an applicant has no declared subject title for an A level grade, that grade will not be included in that applicant's grade profile. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Creative Arts and Design considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: Photography is included in this subject groups as well as having its own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Biology considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Biology include subject titles such as 'Biology' and 'Human Biology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Biology is also included in the overall Science subject group The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Business Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Business studies include subject titles such as 'Business Studies' and 'Applied Business'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Chemistry considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Chemistry is also included in the overall Science subject group The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3.) </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within the Classical Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Dance considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Dance subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Design and Technology considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Drama considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Drama subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Economics considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within English considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within English include subject titles such as 'English', 'English Language', 'English Literature', 'English Language and Literature', and 'Creative Writing'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within English Language considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: This variable does not include subject titles such as 'English Language and Literature'.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within English Language and Literature considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: this variable does not include the individual 'English Language' and 'English Literature' subject titles. Those subject titles have their own subject groups. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within English Literature considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: This variable does not include subject titles such as 'English Language and Literature'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Film Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within French considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles.  Please note: In addition to this subject group, French is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Further Mathematics considering only predicted qualifications declared on the application. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within General Studies and Critical Thinking considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within General Studies and Critical Thinking include subject titles such as 'General Studies', 'Critical Thinking', and 'Thinking Skills'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Geography considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within German considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, German is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  T</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Social Science considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Social Science include subject titles such as 'Health &amp; Social Care', and 'Psychology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within History considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within History include subject titles such as 'History', 'Ancient History', and 'Archaeology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Irish considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Irish is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Italian considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Italian is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Law considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Mathematics considering only predicted qualifications declared on the application. Subjects grouped within mathematics include subject titles such as 'Mathematics' and 'Pure Mathematics'. Further Mathematics is not included in this variable. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. </t>
+  </si>
+  <si>
+    <t>A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Media Studies and Journalism considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Media Studies and Journalism include subject titles such as 'Media Studies', 'Communication and Culture', 'Communication Studies', and 'Journalism and Media'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. A</t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within the Modern European Languages considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Modern European Languages include subject titles such as 'Welsh', 'Dutch', 'German', 'Greek', 'Irish', 'Italian', 'Latin', 'Polish', 'Portuguese', 'Russian', 'Spanish', and 'Welsh'. Please note: In addition to being included in this variable, French, German, Spanish, Italian, 'Welsh', and 'Irish' have their own subject group variable as well. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within the Modern non-European Languages considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Music considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Music include subject titles such as 'Music', 'Music Technology', 'Music (Practical)', and 'Music (Theoretical)'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Performing Arts considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Performing Arts include subject titles such as 'Dance', 'Drama', 'Theatre Studies', and 'Performing Arts'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Philosophy considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Photography considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Photgraphy is also included in the Creative Arts and Design subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Physics considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Physics is also included in the overall Science subject group The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one A level grade 'C' but went on to obtain a further two A levels in 2011, the value for the applicant applying in 2010 would remain 3.) This is only applicable to 18-year-old applicants domiciled in England, Northern Ireland and Wales, any applicants outside of this cohort will be assigned the value 'Not applicable'. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Politics considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Politics include subject titles such as 'Politics' and 'Government and Politics'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Psychology considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Religious Studies considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Religious Studies include subject titles such as 'Religious Studies', 'Theology', and 'Divinity'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Science considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Please note: Biology, Chemistry, and Physics are also included in this subject group in addition to having their own subject groups. They are instead assigned to their own subject groups. Subjects grouped within Science include subject titles such as 'Science' and 'Applied Science'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Sociology' considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Social Science include subject titles such as 'Sociology', 'Humanities', 'Social Science: Citizenship', and 'World Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Spanish considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Physical Education considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">A points score attached to the highest A level or A level Double Award grade predicted for the applicant for A level subjects grouped within Welsh considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Welsh is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1.  The score represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Creative Arts and Design. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Creative Arts and Design include subject titles such as 'Art', 'Art &amp; Design', 'Fine Art', 'Photography', and 'Graphic Design'. Please note: Photography is included in this subject groups as well as having its own subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Biology. Subjects grouped within Biology include subject titles such as 'Biology' and 'Human Biology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Chemistry. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Classical Studies. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Classical Studies include subject titles such as 'Classical Studies', 'Classical Greek', 'Classics: Latin', 'Classical Hebrew', and 'Arabic (Classical)'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within IT (Information Technology). Subjects grouped within IT (Information Technology) Studies include subject titles such as 'Applied ICT', 'Computer Science', 'Computing', and 'Software Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Dance. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Dance subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Design and Technology. Subjects grouped within Design and Technology include subject titles such as 'Design &amp; Technology' and 'Design'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Drama. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Drama subject titles are also included in the overall Performing Arts subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Economics. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within English. Subjects grouped within English include subject titles such as 'English', 'English Language', 'English Literature', and 'Creative Writing'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within English Language. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: This variable does not include subject titles such as 'English Language and Literature'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within English Language and Literature. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: this variable does not include the individual 'English Language' and 'English Literature' subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within English Literature. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: This variable does not include subject titles such as 'English Language and Literature'. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Film Studies. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within French. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, French is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Further Mathematics. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within General Studies and Critical Thinking. Subjects grouped within General Studies and Critical Thinking include subject titles such as 'General Studies', 'Critical Thinking', and 'Thinking Skills'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Geography. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within German. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, German is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Social Science. Subjects grouped within Social Science include subject titles such as 'Health &amp; Social Care' and 'Psychology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within History. Subjects grouped within History include subject titles such as 'History', 'Ancient History', and 'Archaeology'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Irish. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Irish is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Italian. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Italian is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Law. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Mathematics. This includes subject titles such as 'Mathematics' and 'Pure Mathematics'. Further Mathematics is not included in this variable. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Media Studies and Journalism. Subjects grouped within Media Studies and Journalism include subject titles such as 'Media Studies', 'Communication and Culture', 'Communication Studies', and 'Journalism and Media'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Modern European Languages. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Modern European Languages include subject titles such as 'Welsh', 'Dutch', 'German', 'Greek', 'Irish', 'Italian', 'Latin', 'Polish', 'Portuguese', 'Russian', 'Spanish', and 'Welsh'. Please note: In addition to being included in this variable, French, German, Spanish, Italian, 'Welsh', and 'Irish' have their own subject group variable as well.  The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Modern non-European Languages. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Music. Subjects grouped within Music include subject titles such as 'Music', 'Music Technology', 'Music (Practical)', and 'Music (Theoretical)'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Performing Arts. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Subjects grouped within Performing Arts include subject titles such as 'Dance', 'Drama', 'Theatre Studies', and 'Performing Arts'. Please note: In addition to being included within this variable, Drama and Dance also have their own subject group variables. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Philosophy. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Photography. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this variable, Photgraphy is also included in the Creative Arts and Design subject group variable. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Physics. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Politics considering only predicted qualifications declared on the application. This is identified either on the application or through awarding body linkage process. Subjects grouped within Politics include subject titles such as 'Politics' and 'Government and Politics'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Psychology. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Religious Studies. Subjects grouped within Religious Studies include subject titles such as 'Religious Studies', 'Theology', and 'Divinity'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Science. Please note: Biology, Chemistry, and Physics are also included in this subject group in addition to having their own subject groups. They are instead assigned to their own subject groups. Subjects grouped within Science include subject titles such as 'Science' and 'Applied Science'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Sociology. Subjects grouped within Sociology include subject titles such as 'Sociology', 'Humanities', 'Social Science: Citizenship', and 'World Development'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Spanish. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Spanish is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Physical Education. Subjects grouped within Physical Education include subject titles such as 'Physical Education', 'Sports Studies', 'Sport and Active Leisure'. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The difference between the score attached to the highest predicted A level points score declared by the applicant on the application and the points score attached to the highest A level grades achieved by the applicant as identified either on application or through awarding body linkage process considering only subjects grouped within Welsh. The EXACT A level subject groups broadly relate to the Joint Council for Qualifications A level Subjects or are based on existing subject titles. Please note: In addition to this subject group, Italian is also included in the Modern European Languages subject group. The following points per grade are used in the calculation: A* = 6, A = 5, B = 4, C = 3, D = 2, E = 1. Due to only one grade being considered, the points difference ranges between plus or minus '5 or more points'. These scores are calculated purely for analytical purposes and do not relate to the UCAS tariff. Zero points refers to those who were predicted the same number of points as they achieved. </t>
+  </si>
+  <si>
+    <t>The highest 5 SQA Higher grades predicted for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Higher grade 'C', but went on to obtain a further two SQA Highers in 2011, the value for the applicant applying in 2010 would remain 'C').</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest 3 SQA Advanced Higher grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A = 4, B = 3, C = 2, D = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Advanced Higher grade 'C', but went on to obtain a further two SQA Advanced Highers in 2011, the value for the applicant applying in 2010 would remain 2.) This points score is not equivalent to the Achieved SQA points score (Highers) variable, any other analytical points score variables, or the UCAS tariff points.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest 3 SQA Higher grades achieved by the applicant as identified either on application or through awarding body linkage process. ABL grades are verified through the awarding bodies for qualifications achieved during the application cycle. Application, i.e. self-declared, grades are considered for any qualifications achieved prior to the academic year in which the application was made, these are then topped-up with ABL grades if there are less than 3 grades declared. The application and ABL grade profiles are then converted to points and compared. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A = 4, B = 3, C = 2, D = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Higher grade 'C', but went on to obtain a further two SQA Highers in 2011, the value for the applicant applying in 2010 would remain 2.) TThis points score is not equivalent to the Achieved SQA points score (Advanced Highers) variable, any other analytical points score variables, or the UCAS tariff points.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest 3 SQA Advanced Higher grades predicted for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A = 4, B = 3, C = 2, D = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Advanced Higher grade 'C', but went on to obtain a further two SQA Advanced Highers in 2011, the value for the applicant applying in 2010 would remain 2.This points score is not equivalent to the Predicted SQA points score (Highers) variable, any other analytical points score variables, or the UCAS tariff points.</t>
+  </si>
+  <si>
+    <t>A points score attached to the highest 3 SQA Higher grades predicted for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. The following points per grade are used in the calculation: A = 4, B = 3, C = 2, D = 1. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Higher grade 'C', but went on to obtain a further two SQA Highers in 2011, the value for the applicant applying in 2010 would remain 2.) This points score is not equivalent to the Predicted SQA points score (Advanced Highers) variable, any other analytical points score variables, or the UCAS tariff points.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted for the applicant for BTEC subjects grouped within Media Studies, This is identified on the application, excluding grades declared as achieved within the application cycle to which this statistic relates. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Media Studies include subject titles such as 'Media Studies', 'Media Production', and 'Interactive Media'.The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Music. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Music include subject titles such as 'Music', 'Music Technology', and 'Music (Performing)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted by the applicant as identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Creative Arts and Design. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Creative Arts and Design include subject titles such as 'Art and Design', 'Graphic Design', 'Performing Arts', and 'Photography'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Business Studies. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Business Studies include subject titles such as 'Business', 'Marketing', 'Travel and Tourism', 'Hospitality', and 'Management and Leadership'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Computer Science and ICT. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Computer Science and ICT include subject titles such as 'IT', 'Communications Technology', and 'IT (Software Development)'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Science. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Science include subject titles such as 'Applied Science', 'Food &amp; Nutrition', and 'Pharmaceutical Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">The highest BTEC grade predicted by the applicant for BTEC subjects grouped within Physical Education and Sport. This is identified either on the application, excluding grades declared as achieved within the application cycle to which this statistic relates, or through awarding body linkage process. This applies to the following qualifications in the NQF framework: NQF National Awards, NQF National Certificate, NQF National Diploma and NQF Subsidiary Certificates, and the following qualifications in the QCF framework: QCF Subsidiary Diplomas, QCF Diploma, QCF Extended Diploma and QCF 90 Credit Diplomas. Subjects grouped within Physical Education and Sport include subject titles such as 'Sport', 'Sports and Physical Education', and 'Sport and Exercise Sciences'. The EXACT BTEC subject groups broadly relate to the Pearson BTEC subjects. This grade represents the qualifications recorded as held by the applicant at the end of the cycle to which the statistic relates. </t>
+  </si>
+  <si>
+    <t>The highest 3 SQA Advanced Higher grades achieved for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Advanced Higher grade 'C', but went on to obtain a further two SQA Advanced Highers in 2011, the value for the applicant applying in 2010 would remain 'C'). This is only relevant for applicants who are domiciled in Scotland, any applicants outside of this cohort will be assigned the value 'Not applicable'.</t>
+  </si>
+  <si>
+    <t>The highest 5 SQA Higher grades achieved for the applicant as identified on application. The grade profile corresponding to highest overall points score is then used. Please note: This value is not updated beyond the end of the application cycle for each applicant. (I.e. if an applicant applied in the 2010 cycle with one SQA Higher grade 'C', but went on to obtain a further two SQA Highers in 2011, the value for the applicant applying in 2010 would remain 'C').</t>
+  </si>
+  <si>
+    <t>A qualification combination variable which identifies whether an applicant has one or more of the following qualifications: BTEC, SQA, A level.  The identification matches that when looking at these qualifications separately (as shown in the variables description for each corresponding qualification). The breakdown for this variable is as follows: BTEC, SQA, BTEC &amp; SQA. A level, A level &amp; BTEC, A level &amp; SQA, A level, BTEC &amp; SQA, No A level, BTEC or SQA qualification identified.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
@@ -2252,51 +2224,51 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="30">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
@@ -2310,53 +2282,50 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -2490,55 +2459,51 @@
     </dxf>
     <dxf>
       <font>
         <color rgb="FF006100"/>
       </font>
       <fill>
         <patternFill>
           <bgColor rgb="FFC6EFCE"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2017/10/relationships/person" Target="persons/person.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
-[...3 lines deleted...]
-<personList xmlns="http://schemas.microsoft.com/office/spreadsheetml/2018/threadedcomments" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2772,100 +2737,100 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U278"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
+      <selection pane="bottomLeft" sqref="A1:A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="74.81640625" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="14.453125" customWidth="1"/>
     <col min="2" max="2" width="89.54296875" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9.26953125" style="11" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="9.26953125" style="17" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="9.26953125" style="17" customWidth="1"/>
     <col min="6" max="20" width="9.26953125" style="18" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="9.26953125" style="17" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" x14ac:dyDescent="0.35">
-      <c r="A1" s="25" t="s">
+      <c r="A1" s="24" t="s">
         <v>331</v>
       </c>
-      <c r="B1" s="25" t="s">
+      <c r="B1" s="24" t="s">
         <v>0</v>
       </c>
-      <c r="C1" s="27" t="s">
+      <c r="C1" s="26" t="s">
         <v>9</v>
       </c>
-      <c r="D1" s="28"/>
+      <c r="D1" s="27"/>
       <c r="E1" s="14"/>
-      <c r="F1" s="26" t="s">
+      <c r="F1" s="25" t="s">
         <v>10</v>
       </c>
-      <c r="G1" s="26"/>
-[...4 lines deleted...]
-      <c r="L1" s="29" t="s">
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+      <c r="J1" s="25"/>
+      <c r="K1" s="25"/>
+      <c r="L1" s="28" t="s">
         <v>11</v>
       </c>
-      <c r="M1" s="29"/>
-[...7 lines deleted...]
-      <c r="U1" s="29"/>
+      <c r="M1" s="28"/>
+      <c r="N1" s="28"/>
+      <c r="O1" s="28"/>
+      <c r="P1" s="28"/>
+      <c r="Q1" s="28"/>
+      <c r="R1" s="28"/>
+      <c r="S1" s="28"/>
+      <c r="T1" s="28"/>
+      <c r="U1" s="28"/>
     </row>
     <row r="2" spans="1:21" s="7" customFormat="1" ht="81" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A2" s="25"/>
-      <c r="B2" s="25"/>
+      <c r="A2" s="24"/>
+      <c r="B2" s="24"/>
       <c r="C2" s="10" t="s">
         <v>12</v>
       </c>
       <c r="D2" s="12" t="s">
         <v>13</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>319</v>
       </c>
       <c r="F2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>15</v>
       </c>
       <c r="H2" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I2" s="9" t="s">
         <v>305</v>
       </c>
       <c r="J2" s="9" t="s">
         <v>92</v>
       </c>
       <c r="K2" s="9" t="s">
@@ -5940,51 +5905,51 @@
       </c>
       <c r="P49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="Q49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="R49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="S49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="T49" s="3" t="s">
         <v>22</v>
       </c>
       <c r="U49" s="13" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="50" spans="1:21" x14ac:dyDescent="0.35">
       <c r="A50" t="s">
         <v>46</v>
       </c>
       <c r="B50" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="C50" s="11">
         <v>2006</v>
       </c>
       <c r="D50" s="13" t="s">
         <v>304</v>
       </c>
       <c r="E50" s="13" t="s">
         <v>22</v>
       </c>
       <c r="F50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="H50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="I50" s="3" t="s">
         <v>22</v>
       </c>
       <c r="J50" s="3" t="s">
         <v>22</v>
       </c>
@@ -20906,3167 +20871,3112 @@
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="129" operator="equal">
       <formula>"Y"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="L3:T28 E3:K49 L8:U23 L27:U31 L32:T37 L38:U49 E50:U278">
     <cfRule type="cellIs" dxfId="2" priority="125" operator="equal">
       <formula>"N"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="U3:U47 S15:T17 U52 U81:U82">
     <cfRule type="cellIs" dxfId="1" priority="151" operator="equal">
       <formula>"Y"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="152" operator="equal">
       <formula>"N"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2C8B9C1D-AC64-4AEB-932D-F3CF128F484B}">
-  <dimension ref="A1:D278"/>
+  <dimension ref="A1:C278"/>
   <sheetViews>
-    <sheetView zoomScale="93" zoomScaleNormal="93" workbookViewId="0"/>
+    <sheetView zoomScale="96" zoomScaleNormal="93" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="13.54296875" style="2" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.54296875" style="1" customWidth="1"/>
     <col min="3" max="3" width="74.453125" style="2" customWidth="1"/>
-    <col min="4" max="4" width="43.54296875" style="4" customWidth="1"/>
-    <col min="5" max="16384" width="8.7265625" style="4"/>
+    <col min="4" max="16384" width="8.7265625" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
-      <c r="A1" s="23" t="s">
+    <row r="1" spans="1:3" x14ac:dyDescent="0.35">
+      <c r="A1" s="22" t="s">
         <v>331</v>
       </c>
-      <c r="B1" s="24" t="s">
+      <c r="B1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="16" t="s">
         <v>1</v>
       </c>
-      <c r="D1" s="20" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    </row>
+    <row r="2" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A2" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B2" s="1" t="s">
-        <v>351</v>
+        <v>340</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>352</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A3" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B3" s="1" t="s">
-        <v>353</v>
+        <v>342</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>354</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A4" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B4" s="1" t="s">
-        <v>355</v>
+        <v>344</v>
       </c>
       <c r="C4" s="1" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:4" ht="159.5" x14ac:dyDescent="0.35">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B5" s="1" t="s">
-        <v>357</v>
+        <v>346</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>358</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A6" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>359</v>
+        <v>348</v>
       </c>
       <c r="C6" s="2" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A7" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>362</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A8" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="C8" s="4" t="s">
-        <v>364</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A9" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="C9" s="2" t="s">
-        <v>366</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A10" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>148</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>367</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A11" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="C11" s="2" t="s">
-        <v>369</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A12" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A13" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>372</v>
+        <v>361</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A14" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B14" s="1" t="s">
         <v>143</v>
       </c>
       <c r="C14" s="4" t="s">
-        <v>374</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A15" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>375</v>
+        <v>364</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A16" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>377</v>
+        <v>366</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      <c r="A17" s="21" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" s="21" customFormat="1" ht="72.5" x14ac:dyDescent="0.35">
+      <c r="A17" s="20" t="s">
         <v>333</v>
       </c>
       <c r="B17" s="19" t="s">
         <v>303</v>
       </c>
-      <c r="C17" s="21" t="s">
-[...6 lines deleted...]
-    <row r="18" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+      <c r="C17" s="20" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A18" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>380</v>
+        <v>369</v>
       </c>
       <c r="C18" s="2" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-    <row r="19" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A19" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>383</v>
-[...5 lines deleted...]
-    <row r="20" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A20" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>384</v>
+        <v>373</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="21" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+    <row r="21" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A21" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>44</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A22" s="2" t="s">
         <v>333</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>386</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:4" ht="203" x14ac:dyDescent="0.35">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A23" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>388</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:4" ht="217.5" x14ac:dyDescent="0.35">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A24" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A25" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A26" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>317</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A27" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>318</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A28" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>395</v>
+        <v>384</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-    <row r="29" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A29" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>80</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>397</v>
-[...5 lines deleted...]
-    <row r="30" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A30" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>316</v>
       </c>
       <c r="C30" s="2" t="s">
         <v>330</v>
       </c>
-      <c r="D30" s="4" t="s">
-[...3 lines deleted...]
-    <row r="31" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+    </row>
+    <row r="31" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A31" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>398</v>
+        <v>387</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A32" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>400</v>
+        <v>389</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>401</v>
+        <v>390</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A33" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>402</v>
+        <v>391</v>
       </c>
       <c r="C33" s="4" t="s">
-        <v>403</v>
+        <v>392</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A34" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>404</v>
+        <v>393</v>
       </c>
       <c r="C34" s="4" t="s">
-        <v>405</v>
+        <v>394</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A35" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>406</v>
+        <v>395</v>
       </c>
       <c r="C35" s="4" t="s">
-        <v>407</v>
+        <v>396</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A36" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>408</v>
+        <v>397</v>
       </c>
       <c r="C36" s="4" t="s">
-        <v>409</v>
+        <v>398</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A37" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B37" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C37" s="2" t="s">
-        <v>410</v>
+        <v>399</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A38" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B38" s="1" t="s">
         <v>146</v>
       </c>
       <c r="C38" s="2" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A39" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>411</v>
+        <v>400</v>
       </c>
       <c r="C39" s="2" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A40" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B40" s="1" t="s">
         <v>315</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>412</v>
+        <v>401</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A41" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B41" s="1" t="s">
         <v>313</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A42" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B42" s="1" t="s">
         <v>310</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>414</v>
+        <v>403</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A43" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B43" s="1" t="s">
         <v>314</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>415</v>
+        <v>404</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A44" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B44" s="1" t="s">
         <v>311</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>416</v>
+        <v>405</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A45" s="2" t="s">
         <v>332</v>
       </c>
       <c r="B45" s="1" t="s">
         <v>312</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A46" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A47" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>421</v>
+        <v>410</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A48" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B48" s="1" t="s">
         <v>309</v>
       </c>
       <c r="C48" s="2" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="49" spans="1:4" ht="188.5" x14ac:dyDescent="0.35">
+    <row r="49" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="B49" s="1" t="s">
-        <v>350</v>
+        <v>339</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>422</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A50" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B50" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="51" spans="1:4" ht="217.5" x14ac:dyDescent="0.35">
+    <row r="51" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A51" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>423</v>
+        <v>412</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>424</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:4" ht="203" x14ac:dyDescent="0.35">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A52" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>425</v>
+        <v>414</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>426</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A53" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B53" s="1" t="s">
         <v>308</v>
       </c>
       <c r="C53" s="2" t="s">
-        <v>427</v>
-[...5 lines deleted...]
-    <row r="54" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A54" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>428</v>
+        <v>417</v>
       </c>
       <c r="C54" s="2" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="55" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    <row r="55" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A55" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B55" s="1" t="s">
-        <v>429</v>
+        <v>418</v>
       </c>
       <c r="C55" s="4" t="s">
-        <v>430</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A56" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B56" s="1" t="s">
         <v>151</v>
       </c>
       <c r="C56" s="4" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="57" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="57" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A57" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B57" s="1" t="s">
         <v>152</v>
       </c>
       <c r="C57" s="4" t="s">
         <v>154</v>
       </c>
     </row>
-    <row r="58" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    <row r="58" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A58" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B58" s="1" t="s">
         <v>323</v>
       </c>
       <c r="C58" s="4" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="59" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="59" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A59" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B59" s="1" t="s">
         <v>325</v>
       </c>
       <c r="C59" s="4" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="60" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="60" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A60" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B60" s="1" t="s">
         <v>324</v>
       </c>
       <c r="C60" s="4" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="61" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="61" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A61" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B61" s="1" t="s">
         <v>155</v>
       </c>
       <c r="C61" s="4" t="s">
-        <v>431</v>
-[...5 lines deleted...]
-    <row r="62" spans="1:4" ht="29" x14ac:dyDescent="0.35">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" ht="29" x14ac:dyDescent="0.35">
       <c r="A62" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B62" s="1" t="s">
         <v>156</v>
       </c>
       <c r="C62" s="4" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A63" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B63" s="1" t="s">
         <v>157</v>
       </c>
       <c r="C63" s="4" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A64" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B64" s="1" t="s">
-        <v>434</v>
+        <v>423</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A65" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B65" s="1" t="s">
-        <v>436</v>
+        <v>425</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="66" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
+    <row r="66" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A66" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B66" s="1" t="s">
-        <v>437</v>
+        <v>426</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A67" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B67" s="1" t="s">
-        <v>439</v>
+        <v>428</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="68" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    <row r="68" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A68" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B68" s="1" t="s">
         <v>158</v>
       </c>
       <c r="C68" s="1" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="69" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+    <row r="69" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A69" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B69" s="1" t="s">
         <v>159</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>440</v>
-[...2 lines deleted...]
-    <row r="70" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A70" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B70" s="1" t="s">
-        <v>441</v>
+        <v>430</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>442</v>
-[...2 lines deleted...]
-    <row r="71" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A71" s="2" t="s">
         <v>335</v>
       </c>
       <c r="B71" s="1" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>444</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A72" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B72" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>445</v>
-[...5 lines deleted...]
-    <row r="73" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A73" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B73" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>446</v>
-[...5 lines deleted...]
-    <row r="74" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A74" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B74" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C74" s="1" t="s">
-        <v>447</v>
-[...5 lines deleted...]
-    <row r="75" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A75" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B75" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>448</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A76" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B76" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C76" s="1" t="s">
-        <v>449</v>
-[...5 lines deleted...]
-    <row r="77" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A77" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B77" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>450</v>
-[...5 lines deleted...]
-    <row r="78" spans="1:4" ht="174" x14ac:dyDescent="0.35">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A78" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B78" s="1" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>452</v>
-[...5 lines deleted...]
-    <row r="79" spans="1:4" ht="174" x14ac:dyDescent="0.35">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A79" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B79" s="1" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>454</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A80" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B80" s="1" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="C80" s="2" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
     </row>
     <row r="81" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A81" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B81" s="1" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="82" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A82" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B82" s="1" t="s">
-        <v>458</v>
+        <v>447</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="83" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A83" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B83" s="1" t="s">
-        <v>459</v>
+        <v>448</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="84" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A84" s="2" t="s">
         <v>336</v>
       </c>
       <c r="B84" s="1" t="s">
-        <v>460</v>
+        <v>449</v>
       </c>
       <c r="C84" s="2" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="85" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A85" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B85" s="1" t="s">
-        <v>461</v>
+        <v>450</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>6</v>
       </c>
     </row>
-    <row r="86" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+    <row r="86" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A86" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B86" s="19" t="s">
-        <v>462</v>
+        <v>451</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>463</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A87" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B87" s="19" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>465</v>
+        <v>560</v>
       </c>
     </row>
     <row r="88" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A88" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B88" s="1" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A89" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B89" s="1" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>469</v>
-[...2 lines deleted...]
-    <row r="90" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A90" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B90" s="1" t="s">
-        <v>470</v>
+        <v>456</v>
       </c>
       <c r="C90" s="2" t="s">
-        <v>471</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A91" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B91" s="1" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>473</v>
-[...2 lines deleted...]
-    <row r="92" spans="1:3" ht="275.5" x14ac:dyDescent="0.35">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
       <c r="A92" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B92" s="1" t="s">
-        <v>474</v>
+        <v>458</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A93" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B93" s="1" t="s">
-        <v>476</v>
+        <v>459</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>477</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:3" ht="261" x14ac:dyDescent="0.35">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A94" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B94" s="1" t="s">
-        <v>478</v>
+        <v>460</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A95" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B95" s="1" t="s">
-        <v>480</v>
+        <v>461</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>481</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A96" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B96" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A97" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B97" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>483</v>
-[...2 lines deleted...]
-    <row r="98" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A98" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B98" s="1" t="s">
         <v>171</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A99" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B99" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>485</v>
-[...2 lines deleted...]
-    <row r="100" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A100" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B100" s="1" t="s">
-        <v>486</v>
+        <v>462</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>487</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A101" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B101" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-    <row r="102" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A102" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B102" s="1" t="s">
-        <v>489</v>
+        <v>463</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>490</v>
-[...2 lines deleted...]
-    <row r="103" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A103" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B103" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A104" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B104" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A105" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B105" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-    <row r="106" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A106" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B106" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A107" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B107" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>495</v>
-[...2 lines deleted...]
-    <row r="108" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A108" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B108" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-    <row r="109" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A109" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B109" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A110" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B110" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-    <row r="111" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A111" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B111" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-    <row r="112" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A112" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B112" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-    <row r="113" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A113" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B113" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>501</v>
-[...2 lines deleted...]
-    <row r="114" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A114" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B114" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-    <row r="115" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A115" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B115" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A116" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B116" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-    <row r="117" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A117" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B117" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-    <row r="118" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A118" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B118" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>506</v>
-[...2 lines deleted...]
-    <row r="119" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A119" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B119" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C119" s="2" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-    <row r="120" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A120" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B120" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C120" s="2" t="s">
-        <v>508</v>
-[...2 lines deleted...]
-    <row r="121" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A121" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B121" s="1" t="s">
-        <v>509</v>
+        <v>464</v>
       </c>
       <c r="C121" s="2" t="s">
-        <v>510</v>
-[...2 lines deleted...]
-    <row r="122" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A122" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B122" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C122" s="2" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A123" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B123" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>512</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A124" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B124" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A125" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B125" s="1" t="s">
-        <v>514</v>
+        <v>465</v>
       </c>
       <c r="C125" s="2" t="s">
-        <v>515</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A126" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B126" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C126" s="2" t="s">
-        <v>516</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A127" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B127" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A128" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B128" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>518</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A129" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B129" s="1" t="s">
         <v>195</v>
       </c>
       <c r="C129" s="2" t="s">
-        <v>519</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A130" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B130" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C130" s="2" t="s">
-        <v>520</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A131" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B131" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A132" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B132" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C132" s="2" t="s">
-        <v>522</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A133" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B133" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C133" s="2" t="s">
-        <v>523</v>
-[...2 lines deleted...]
-    <row r="134" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A134" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B134" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C134" s="2" t="s">
-        <v>524</v>
-[...2 lines deleted...]
-    <row r="135" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A135" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B135" s="1" t="s">
-        <v>525</v>
+        <v>466</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>526</v>
-[...2 lines deleted...]
-    <row r="136" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A136" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B136" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>527</v>
+        <v>599</v>
       </c>
     </row>
     <row r="137" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A137" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B137" s="1" t="s">
-        <v>528</v>
+        <v>467</v>
       </c>
       <c r="C137" s="2" t="s">
-        <v>529</v>
+        <v>468</v>
       </c>
     </row>
     <row r="138" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A138" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B138" s="1" t="s">
-        <v>530</v>
+        <v>469</v>
       </c>
       <c r="C138" s="2" t="s">
-        <v>531</v>
+        <v>470</v>
       </c>
     </row>
     <row r="139" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A139" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B139" s="1" t="s">
-        <v>532</v>
+        <v>471</v>
       </c>
       <c r="C139" s="4" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-    <row r="140" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A140" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B140" s="1" t="s">
-        <v>534</v>
+        <v>472</v>
       </c>
       <c r="C140" s="4" t="s">
         <v>535</v>
       </c>
     </row>
     <row r="141" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A141" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B141" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C141" s="4" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
+      <c r="A142" s="2" t="s">
+        <v>337</v>
+      </c>
+      <c r="B142" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C142" s="4" t="s">
         <v>536</v>
       </c>
-      <c r="C141" s="4" t="s">
-[...14 lines deleted...]
-    <row r="143" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+    </row>
+    <row r="143" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A143" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B143" s="1" t="s">
-        <v>540</v>
+        <v>475</v>
       </c>
       <c r="C143" s="4" t="s">
-        <v>541</v>
-[...2 lines deleted...]
-    <row r="144" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A144" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B144" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C144" s="4" t="s">
-        <v>542</v>
-[...2 lines deleted...]
-    <row r="145" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A145" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B145" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C145" s="4" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-    <row r="146" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A146" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B146" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-    <row r="147" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A147" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B147" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C147" s="4" t="s">
-        <v>545</v>
-[...2 lines deleted...]
-    <row r="148" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A148" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B148" s="1" t="s">
-        <v>546</v>
+        <v>476</v>
       </c>
       <c r="C148" s="4" t="s">
         <v>547</v>
       </c>
     </row>
-    <row r="149" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+    <row r="149" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A149" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B149" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C149" s="4" t="s">
-        <v>548</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>607</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A150" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B150" s="1" t="s">
-        <v>549</v>
+        <v>477</v>
       </c>
       <c r="C150" s="4" t="s">
-        <v>550</v>
-[...2 lines deleted...]
-    <row r="151" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A151" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B151" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C151" s="2" t="s">
-        <v>551</v>
-[...2 lines deleted...]
-    <row r="152" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A152" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B152" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C152" s="4" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-    <row r="153" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A153" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B153" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C153" s="4" t="s">
-        <v>553</v>
-[...2 lines deleted...]
-    <row r="154" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A154" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B154" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C154" s="4" t="s">
-        <v>554</v>
-[...2 lines deleted...]
-    <row r="155" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A155" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B155" s="1" t="s">
-        <v>349</v>
+        <v>338</v>
       </c>
       <c r="C155" s="4" t="s">
-        <v>555</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A156" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B156" s="1" t="s">
         <v>216</v>
       </c>
       <c r="C156" s="4" t="s">
-        <v>556</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A157" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B157" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>557</v>
-[...2 lines deleted...]
-    <row r="158" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A158" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B158" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C158" s="4" t="s">
-        <v>558</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A159" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B159" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C159" s="4" t="s">
-        <v>559</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A160" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B160" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C160" s="4" t="s">
-        <v>560</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A161" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B161" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>561</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A162" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B162" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>562</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A163" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B163" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C163" s="4" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-    <row r="164" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A164" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B164" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C164" s="4" t="s">
-        <v>564</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A165" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B165" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>565</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A166" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B166" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A167" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B167" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C167" s="4" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-    <row r="168" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A168" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B168" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C168" s="4" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A169" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B169" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C169" s="4" t="s">
-        <v>569</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A170" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B170" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>570</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A171" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B171" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>571</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A172" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B172" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C172" s="4" t="s">
-        <v>572</v>
-[...2 lines deleted...]
-    <row r="173" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A173" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B173" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C173" s="4" t="s">
-        <v>573</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A174" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B174" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C174" s="4" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A175" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B175" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C175" s="4" t="s">
-        <v>575</v>
+        <v>633</v>
       </c>
     </row>
     <row r="176" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A176" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B176" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C176" s="4" t="s">
-        <v>576</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A177" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B177" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C177" s="4" t="s">
-        <v>577</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A178" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B178" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C178" s="4" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A179" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B179" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C179" s="4" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A180" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B180" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C180" s="4" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A181" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B181" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C181" s="4" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A182" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B182" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>582</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A183" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B183" s="1" t="s">
-        <v>583</v>
+        <v>478</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>584</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A184" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B184" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>585</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:3" ht="304.5" x14ac:dyDescent="0.35">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="275.5" x14ac:dyDescent="0.35">
       <c r="A185" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B185" s="1" t="s">
-        <v>586</v>
+        <v>479</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:3" ht="348" x14ac:dyDescent="0.35">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3" ht="319" x14ac:dyDescent="0.35">
       <c r="A186" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B186" s="1" t="s">
-        <v>588</v>
+        <v>480</v>
       </c>
       <c r="C186" s="4" t="s">
-        <v>589</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:3" ht="319" x14ac:dyDescent="0.35">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3" ht="290" x14ac:dyDescent="0.35">
       <c r="A187" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B187" s="1" t="s">
-        <v>590</v>
+        <v>481</v>
       </c>
       <c r="C187" s="4" t="s">
-        <v>591</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:3" ht="261" x14ac:dyDescent="0.35">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A188" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B188" s="1" t="s">
-        <v>592</v>
+        <v>482</v>
       </c>
       <c r="C188" s="4" t="s">
-        <v>593</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A189" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B189" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C189" s="4" t="s">
-        <v>594</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A190" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B190" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C190" s="4" t="s">
-        <v>595</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A191" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B191" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A192" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B192" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C192" s="4" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-    <row r="193" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A193" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B193" s="1" t="s">
-        <v>598</v>
+        <v>483</v>
       </c>
       <c r="C193" s="4" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-    <row r="194" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A194" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B194" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C194" s="4" t="s">
-        <v>600</v>
-[...2 lines deleted...]
-    <row r="195" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A195" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B195" s="1" t="s">
-        <v>601</v>
+        <v>484</v>
       </c>
       <c r="C195" s="4" t="s">
-        <v>602</v>
-[...2 lines deleted...]
-    <row r="196" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A196" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B196" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C196" s="4" t="s">
-        <v>603</v>
-[...2 lines deleted...]
-    <row r="197" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A197" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B197" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C197" s="4" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-    <row r="198" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A198" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B198" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C198" s="4" t="s">
-        <v>605</v>
-[...2 lines deleted...]
-    <row r="199" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A199" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B199" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C199" s="4" t="s">
-        <v>606</v>
-[...2 lines deleted...]
-    <row r="200" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A200" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B200" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-    <row r="201" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A201" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B201" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C201" s="4" t="s">
-        <v>608</v>
-[...2 lines deleted...]
-    <row r="202" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A202" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B202" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C202" s="4" t="s">
-        <v>609</v>
-[...2 lines deleted...]
-    <row r="203" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A203" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B203" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C203" s="4" t="s">
-        <v>610</v>
-[...2 lines deleted...]
-    <row r="204" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A204" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B204" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C204" s="4" t="s">
-        <v>611</v>
-[...2 lines deleted...]
-    <row r="205" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A205" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B205" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C205" s="4" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-    <row r="206" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A206" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B206" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C206" s="4" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-    <row r="207" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A207" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B207" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C207" s="4" t="s">
-        <v>614</v>
-[...2 lines deleted...]
-    <row r="208" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A208" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B208" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C208" s="4" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-    <row r="209" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A209" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B209" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C209" s="4" t="s">
-        <v>616</v>
-[...2 lines deleted...]
-    <row r="210" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A210" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B210" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>617</v>
-[...2 lines deleted...]
-    <row r="211" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A211" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B211" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>618</v>
-[...2 lines deleted...]
-    <row r="212" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A212" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B212" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C212" s="4" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-    <row r="213" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A213" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B213" s="1" t="s">
         <v>251</v>
       </c>
       <c r="C213" s="4" t="s">
-        <v>620</v>
-[...2 lines deleted...]
-    <row r="214" spans="1:3" ht="246.5" x14ac:dyDescent="0.35">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A214" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B214" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C214" s="4" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-    <row r="215" spans="1:3" ht="275.5" x14ac:dyDescent="0.35">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A215" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B215" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>622</v>
-[...2 lines deleted...]
-    <row r="216" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A216" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B216" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>623</v>
-[...2 lines deleted...]
-    <row r="217" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A217" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B217" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C217" s="4" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-    <row r="218" spans="1:3" ht="261" x14ac:dyDescent="0.35">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A218" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B218" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C218" s="4" t="s">
-        <v>625</v>
-[...2 lines deleted...]
-    <row r="219" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A219" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B219" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C219" s="4" t="s">
-        <v>626</v>
-[...2 lines deleted...]
-    <row r="220" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A220" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B220" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C220" s="4" t="s">
-        <v>627</v>
-[...2 lines deleted...]
-    <row r="221" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A221" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B221" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C221" s="4" t="s">
-        <v>628</v>
-[...2 lines deleted...]
-    <row r="222" spans="1:3" ht="261" x14ac:dyDescent="0.35">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A222" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B222" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C222" s="4" t="s">
-        <v>629</v>
-[...2 lines deleted...]
-    <row r="223" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A223" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B223" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C223" s="4" t="s">
-        <v>630</v>
-[...2 lines deleted...]
-    <row r="224" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A224" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B224" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C224" s="4" t="s">
-        <v>631</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:3" ht="261" x14ac:dyDescent="0.35">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A225" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B225" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C225" s="4" t="s">
-        <v>632</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A226" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B226" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C226" s="4" t="s">
-        <v>633</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A227" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B227" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C227" s="4" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="228" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3" ht="203" x14ac:dyDescent="0.35">
       <c r="A228" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B228" s="1" t="s">
-        <v>635</v>
+        <v>485</v>
       </c>
       <c r="C228" s="4" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="229" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3" ht="188.5" x14ac:dyDescent="0.35">
       <c r="A229" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B229" s="1" t="s">
         <v>287</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>637</v>
+        <v>683</v>
       </c>
     </row>
     <row r="230" spans="1:3" ht="145" x14ac:dyDescent="0.35">
       <c r="A230" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B230" s="1" t="s">
-        <v>638</v>
+        <v>486</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-    <row r="231" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A231" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B231" s="1" t="s">
         <v>86</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>640</v>
-[...2 lines deleted...]
-    <row r="232" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A232" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B232" s="1" t="s">
-        <v>641</v>
+        <v>488</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>642</v>
-[...2 lines deleted...]
-    <row r="233" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A233" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B233" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-    <row r="234" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A234" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B234" s="1" t="s">
-        <v>644</v>
+        <v>489</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>645</v>
-[...2 lines deleted...]
-    <row r="235" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A235" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B235" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>646</v>
-[...2 lines deleted...]
-    <row r="236" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A236" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B236" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>647</v>
-[...2 lines deleted...]
-    <row r="237" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A237" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B237" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>648</v>
-[...2 lines deleted...]
-    <row r="238" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A238" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B238" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>649</v>
-[...2 lines deleted...]
-    <row r="239" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A239" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B239" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-    <row r="240" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A240" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B240" s="1" t="s">
-        <v>651</v>
+        <v>490</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>652</v>
-[...2 lines deleted...]
-    <row r="241" spans="1:3" ht="203" x14ac:dyDescent="0.35">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A241" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B241" s="1" t="s">
         <v>136</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>653</v>
-[...2 lines deleted...]
-    <row r="242" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A242" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B242" s="1" t="s">
-        <v>654</v>
+        <v>491</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-    <row r="243" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A243" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B243" s="1" t="s">
-        <v>656</v>
+        <v>492</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-    <row r="244" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A244" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B244" s="1" t="s">
-        <v>658</v>
+        <v>493</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>659</v>
-[...2 lines deleted...]
-    <row r="245" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A245" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B245" s="1" t="s">
-        <v>660</v>
+        <v>494</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-    <row r="246" spans="1:3" ht="174" x14ac:dyDescent="0.35">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A246" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B246" s="1" t="s">
-        <v>662</v>
+        <v>495</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>663</v>
-[...2 lines deleted...]
-    <row r="247" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A247" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B247" s="1" t="s">
-        <v>664</v>
+        <v>496</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>665</v>
-[...2 lines deleted...]
-    <row r="248" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A248" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B248" s="1" t="s">
-        <v>666</v>
+        <v>497</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>667</v>
-[...2 lines deleted...]
-    <row r="249" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A249" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B249" s="1" t="s">
-        <v>668</v>
+        <v>498</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="250" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A250" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B250" s="1" t="s">
-        <v>670</v>
+        <v>499</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>671</v>
+        <v>696</v>
       </c>
     </row>
     <row r="251" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A251" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B251" s="1" t="s">
-        <v>672</v>
+        <v>500</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-    <row r="252" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A252" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B252" s="1" t="s">
         <v>87</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="253" spans="1:3" ht="232" x14ac:dyDescent="0.35">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A253" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B253" s="1" t="s">
         <v>88</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>675</v>
-[...2 lines deleted...]
-    <row r="254" spans="1:3" ht="116" x14ac:dyDescent="0.35">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A254" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B254" s="1" t="s">
         <v>89</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-    <row r="255" spans="1:3" ht="116" x14ac:dyDescent="0.35">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3" ht="217.5" x14ac:dyDescent="0.35">
       <c r="A255" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B255" s="1" t="s">
         <v>90</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-    <row r="256" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A256" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B256" s="1" t="s">
         <v>137</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>678</v>
-[...2 lines deleted...]
-    <row r="257" spans="1:4" ht="159.5" x14ac:dyDescent="0.35">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A257" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B257" s="1" t="s">
         <v>138</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>679</v>
-[...2 lines deleted...]
-    <row r="258" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A258" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B258" s="1" t="s">
         <v>139</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="259" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A259" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B259" s="1" t="s">
         <v>140</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="260" spans="1:4" ht="101.5" x14ac:dyDescent="0.35">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A260" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B260" s="1" t="s">
-        <v>682</v>
+        <v>505</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-    <row r="261" spans="1:4" ht="130.5" x14ac:dyDescent="0.35">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3" ht="130.5" x14ac:dyDescent="0.35">
       <c r="A261" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B261" s="1" t="s">
-        <v>684</v>
+        <v>507</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="262" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A262" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B262" s="1" t="s">
-        <v>685</v>
+        <v>508</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>681</v>
-[...2 lines deleted...]
-    <row r="263" spans="1:4" ht="174" x14ac:dyDescent="0.35">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3" ht="174" x14ac:dyDescent="0.35">
       <c r="A263" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B263" s="1" t="s">
-        <v>686</v>
+        <v>509</v>
       </c>
       <c r="C263" s="4" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-    <row r="264" spans="1:4" ht="116" x14ac:dyDescent="0.35">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="A264" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B264" s="1" t="s">
-        <v>688</v>
+        <v>511</v>
       </c>
       <c r="C264" s="2" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="265" spans="1:4" ht="72.5" x14ac:dyDescent="0.35">
+    <row r="265" spans="1:3" ht="72.5" x14ac:dyDescent="0.35">
       <c r="A265" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B265" s="1" t="s">
-        <v>689</v>
+        <v>512</v>
       </c>
       <c r="C265" s="2" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="266" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    <row r="266" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A266" s="2" t="s">
         <v>337</v>
       </c>
       <c r="B266" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>690</v>
-[...2 lines deleted...]
-    <row r="267" spans="1:4" x14ac:dyDescent="0.35">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A267" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B267" s="1" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-    <row r="268" spans="1:4" ht="232" x14ac:dyDescent="0.35">
+        <v>514</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3" ht="232" x14ac:dyDescent="0.35">
       <c r="A268" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B268" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>692</v>
-[...5 lines deleted...]
-    <row r="269" spans="1:4" ht="159.5" x14ac:dyDescent="0.35">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3" ht="159.5" x14ac:dyDescent="0.35">
       <c r="A269" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B269" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>693</v>
-[...5 lines deleted...]
-    <row r="270" spans="1:4" ht="43.5" x14ac:dyDescent="0.35">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3" ht="43.5" x14ac:dyDescent="0.35">
       <c r="A270" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B270" s="1" t="s">
-        <v>694</v>
+        <v>517</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-    <row r="271" spans="1:4" x14ac:dyDescent="0.35">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3" x14ac:dyDescent="0.35">
       <c r="A271" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B271" s="1" t="s">
-        <v>696</v>
+        <v>519</v>
       </c>
       <c r="C271" s="2" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="272" spans="1:4" ht="58" x14ac:dyDescent="0.35">
+    <row r="272" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A272" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B272" s="1" t="s">
-        <v>697</v>
+        <v>520</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>343</v>
+        <v>521</v>
       </c>
     </row>
     <row r="273" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A273" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B273" s="1" t="s">
-        <v>699</v>
+        <v>522</v>
       </c>
       <c r="C273" s="2" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="274" spans="1:3" ht="101.5" x14ac:dyDescent="0.35">
       <c r="A274" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B274" s="1" t="s">
-        <v>700</v>
+        <v>523</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="275" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A275" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B275" s="1" t="s">
-        <v>701</v>
+        <v>524</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>702</v>
+        <v>525</v>
       </c>
     </row>
     <row r="276" spans="1:3" ht="87" x14ac:dyDescent="0.35">
       <c r="A276" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B276" s="1" t="s">
-        <v>703</v>
+        <v>526</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>704</v>
+        <v>527</v>
       </c>
     </row>
     <row r="277" spans="1:3" ht="58" x14ac:dyDescent="0.35">
       <c r="A277" s="2" t="s">
         <v>334</v>
       </c>
       <c r="B277" s="1" t="s">
-        <v>705</v>
+        <v>528</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>706</v>
+        <v>529</v>
       </c>
     </row>
     <row r="278" spans="1:3" ht="116" x14ac:dyDescent="0.35">
       <c r="B278" s="1" t="s">
-        <v>707</v>
+        <v>530</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>708</v>
+        <v>531</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">